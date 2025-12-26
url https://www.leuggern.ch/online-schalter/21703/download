--- v0 (2025-10-26)
+++ v1 (2025-12-26)
@@ -868,51 +868,51 @@
         <w:t>Dauerbenützung</w:t>
       </w:r>
       <w:r w:rsidR="009D01F4">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D1607" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007D1607" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FC6D44" w:rsidRPr="00FE20BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:t>ja, bis auf Widerruf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56534322" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00556270" w:rsidRDefault="00A56720" w:rsidP="00556270">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5343424C" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00556270" w:rsidRDefault="00A56720" w:rsidP="00556270">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -982,56 +982,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Mehrzweckhalle</w:t>
       </w:r>
@@ -1044,56 +1044,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Kontrollkästchen8"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Schulhaus</w:t>
       </w:r>
@@ -1148,56 +1148,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Kontrollkästchen3"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C556DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>mit</w:t>
       </w:r>
@@ -1218,57 +1218,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Kontrollkästchen37"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -1281,109 +1281,109 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Kontrollkästchen38"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gippingen</w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen39"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hettenschwil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07F4A80E" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00A56720" w:rsidRDefault="007D1607" w:rsidP="001E34AC">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -1404,56 +1404,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Kontrollkästchen4"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C556DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>ohne</w:t>
       </w:r>
@@ -1474,57 +1474,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Kontrollkästchen40"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -1575,103 +1575,103 @@
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen5"/>
       <w:r w:rsidR="000011A7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="009753B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:t xml:space="preserve">Halle </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="009753B8">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>dekoriert</w:t>
       </w:r>
       <w:r w:rsidR="00BD6C33">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Militärküche</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEC853B" w14:textId="0592DFB2" w:rsidR="00A56720" w:rsidRPr="00BD6C33" w:rsidRDefault="007D1607" w:rsidP="00BD6C33">
@@ -1686,92 +1686,92 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="clear" w:pos="5103"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Kontrollkästchen6"/>
       <w:r w:rsidR="000011A7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00A56720">
         <w:t xml:space="preserve"> Halle nicht dekoriert</w:t>
       </w:r>
       <w:r w:rsidR="00BD6C33">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Kontrollkästchen11"/>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00BD6C33" w:rsidRPr="00BD6C33">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> alter Kindergarten Gippingen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344918E6" w14:textId="77777777" w:rsidR="00BD6C33" w:rsidRDefault="00BD6C33" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -1810,56 +1810,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Kontrollkästchen12"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Nebenräume in der Mehrzweckhalle</w:t>
       </w:r>
@@ -1963,56 +1963,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="Kontrollkästchen13"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Küche</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
@@ -2022,56 +2022,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Kontrollkästchen16"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Karateraum (hinterer Teil)</w:t>
       </w:r>
     </w:p>
@@ -2094,56 +2094,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Kontrollkästchen14"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Garderobe</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
@@ -2153,56 +2153,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="Kontrollkästchen17"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Schminkraum</w:t>
       </w:r>
     </w:p>
@@ -2225,56 +2225,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="Kontrollkästchen15"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>WC-Anlage</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
@@ -2284,56 +2284,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Kontrollkästchen18"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Musikraum</w:t>
       </w:r>
     </w:p>
@@ -2370,56 +2370,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D1607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="Kontrollkästchen19"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007D1607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>WC-Anlage</w:t>
       </w:r>
     </w:p>
@@ -2464,56 +2464,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Kontrollkästchen20"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Bestuhlung</w:t>
       </w:r>
@@ -2537,56 +2537,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Kontrollkästchen23"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kaffeemaschine</w:t>
@@ -2617,56 +2617,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="Kontrollkästchen21"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Tische</w:t>
       </w:r>
       <w:r w:rsidR="00C13A3B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
@@ -2699,56 +2699,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Kontrollkästchen24"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kaffeemaschinen</w:t>
       </w:r>
@@ -2781,56 +2781,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Kontrollkästchen22"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Stühle</w:t>
       </w:r>
       <w:r w:rsidR="004F3BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
@@ -2897,56 +2897,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Kontrollkästchen25"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Gemeindehaus</w:t>
       </w:r>
@@ -2963,56 +2963,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="Kontrollkästchen28"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B2E3E" w:rsidRPr="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Sanitätshilfsstelle</w:t>
       </w:r>
@@ -3037,56 +3037,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="Kontrollkästchen26"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Tische </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           </w:rPr>
           <w:id w:val="22229053"/>
           <w:placeholder>
@@ -3128,56 +3128,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="Kontrollkästchen27"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Stühle</w:t>
       </w:r>
       <w:r w:rsidR="004F3BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
@@ -3326,56 +3326,56 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="Kontrollkästchen41"/>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gesuch um Verlängerung der Öffnungszeiten</w:t>
       </w:r>
       <w:r w:rsidR="00950BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
@@ -3547,56 +3547,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="Kontrollkästchen29"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="000B2F07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausschank</w:t>
       </w:r>
@@ -3660,153 +3660,135 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mischgetränke mit Spirituosen, auch mit einem tieferen Alkoholgehalt, sind ebenfalls bewilligungspflichtig (Alcopops, Kaffee mit Schnaps etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73942606" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00F56F69" w:rsidRDefault="00A56720" w:rsidP="00F56F69">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1583BAFB" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="007D1607" w:rsidP="004B36CE">
+    <w:p w14:paraId="79A8D9F7" w14:textId="189C1AB0" w:rsidR="00A56720" w:rsidRPr="001B4C08" w:rsidRDefault="007D1607" w:rsidP="001B4C08">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Kontrollkästchen30"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="000B2F07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausschank und/oder Verkauf von Bier/Wein/Most</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>(keine Kleinhandelsbewilligung nötig)</w:t>
       </w:r>
-    </w:p>
-[...16 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5DBECE11" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001A1A8C" w:rsidRDefault="00A56720" w:rsidP="004B36CE">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Erre</w:t>
@@ -4153,116 +4135,161 @@
         <w:ind w:right="140"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Mit der Unterschrift dieses Gesuches nimmt der Veranstalter / die Veranstalterin zur Kenntnis, dass das Reglement für Veranstaltungen des Arbeitskreis LPG, Kommission Flüssiggas, Version vom November 2017, als verbindliche</w:t>
       </w:r>
       <w:r w:rsidR="00E76B22">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bestandteil der Gesuchsbewilligung erklärt wird. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74857EA0" w14:textId="77777777" w:rsidR="00F56F69" w:rsidRPr="00556270" w:rsidRDefault="00F56F69" w:rsidP="00556270">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="1704EE4D" w14:textId="77777777" w:rsidR="001B4C08" w:rsidRPr="001B4C08" w:rsidRDefault="001B4C08" w:rsidP="001B4C08">
+      <w:pPr>
+        <w:rPr>
           <w:sz w:val="16"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="4057B8AF" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001C3626" w:rsidRDefault="0036110E" w:rsidP="00361A8A">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53C425E2" w14:textId="34D6298E" w:rsidR="001B4C08" w:rsidRPr="001B4C08" w:rsidRDefault="001B4C08" w:rsidP="001B4C08">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-[...1 lines deleted...]
-        <w:ind w:right="140"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4C08">
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Parkplatz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A6BCE4D" w14:textId="77777777" w:rsidR="001B4C08" w:rsidRPr="001B4C08" w:rsidRDefault="001B4C08" w:rsidP="001B4C08">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B4C08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte beachten Sie, dass das Parkieren auf den Parkplätzen des Sportcenters nicht gestattet ist. Bei einer Nutzung des Parkplatzes hat der Veranstalter den frühzeitigen Kontakt mit dem Sportcenter zu suchen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74857EA0" w14:textId="77777777" w:rsidR="00F56F69" w:rsidRPr="00556270" w:rsidRDefault="00F56F69" w:rsidP="00556270">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4057B8AF" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001C3626" w:rsidRDefault="0036110E" w:rsidP="00361A8A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>G</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001C3626">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>enerelles Rauchverbot</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A90A19">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3626">
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>enerelles Rauchverbot</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90A19">
+        <w:rPr>
+          <w:rStyle w:val="IntensiveHervorhebung"/>
+          <w:rFonts w:eastAsia="Hand Of Sean"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> / Suchtmittelfreie Zone</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0054F575" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00F56F69" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="565941D9" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="004A49E2" w:rsidRDefault="00A56720" w:rsidP="0036110E">
+    <w:p w14:paraId="39401274" w14:textId="3BE9EFAA" w:rsidR="00A56720" w:rsidRPr="001B4C08" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A49E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Es </w:t>
       </w:r>
       <w:r w:rsidRPr="004A49E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>gilt ein generelles Rauchverbot in allen öffentlichen Räumen und Anlagen</w:t>
@@ -4281,67 +4308,50 @@
       </w:r>
       <w:r w:rsidR="004C1509">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ebenfalls gilt das Schulareal Gippingen </w:t>
       </w:r>
       <w:r w:rsidR="00CD2CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">als suchtmittelfreie Zone (Verbot der Einnahme </w:t>
       </w:r>
       <w:r w:rsidR="00B20B32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">von </w:t>
       </w:r>
       <w:r w:rsidR="00CD2CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Suchtmittel jeglicher Art).</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="6A10AE3A" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="004A49E2" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A49E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Bei Anlässen in der Mehrzweckhalle ist durch den Veranstalter eine Raucherzone zu kennzeichnen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CF8C8DB" w14:textId="77777777" w:rsidR="001A1A8C" w:rsidRPr="00556270" w:rsidRDefault="001A1A8C" w:rsidP="00556270">
@@ -4426,109 +4436,109 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D1607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="32" w:name="Kontrollkästchen35"/>
       <w:r w:rsidR="00787E63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007D1607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja</w:t>
       </w:r>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007D1607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="33" w:name="Kontrollkästchen36"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00695361">
-[...4 lines deleted...]
-      <w:r w:rsidR="00695361">
+      <w:r w:rsidR="001B0C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="001B0C1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="007D1607">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> nein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0540B90A" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00F56F69" w:rsidRDefault="00A56720" w:rsidP="005A0D60">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
@@ -4595,73 +4605,50 @@
       </w:sdt>
     </w:p>
     <w:p w14:paraId="787FBF5E" w14:textId="77777777" w:rsidR="001A1A8C" w:rsidRDefault="00C63807" w:rsidP="005A0D60">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57DD815E" w14:textId="77777777" w:rsidR="001A1A8C" w:rsidRDefault="00C63807" w:rsidP="005A0D60">
-[...21 lines deleted...]
-    </w:p>
     <w:p w14:paraId="67B8D5AD" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00F56F69" w:rsidRDefault="00A56720" w:rsidP="005A0D60">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38EA4895" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="005A0D60">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
@@ -6497,58 +6484,58 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="06127F31" w14:textId="77777777" w:rsidR="0050219B" w:rsidRDefault="0050219B" w:rsidP="00915DE1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hand Of Sean">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A40002AF" w:usb1="590F004A" w:usb2="00000010" w:usb3="00000000" w:csb0="000E019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
@@ -6980,111 +6967,114 @@
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="57345"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A45BD"/>
     <w:rsid w:val="000011A7"/>
     <w:rsid w:val="00013988"/>
     <w:rsid w:val="00035FA9"/>
     <w:rsid w:val="00044212"/>
     <w:rsid w:val="00053EB7"/>
     <w:rsid w:val="000B2F07"/>
     <w:rsid w:val="000E47F4"/>
     <w:rsid w:val="00104752"/>
     <w:rsid w:val="00116D2D"/>
     <w:rsid w:val="001213CD"/>
     <w:rsid w:val="00130818"/>
     <w:rsid w:val="00162CA7"/>
     <w:rsid w:val="00165F4D"/>
     <w:rsid w:val="001A1A8C"/>
+    <w:rsid w:val="001B0C1B"/>
     <w:rsid w:val="001B3FB8"/>
+    <w:rsid w:val="001B4C08"/>
     <w:rsid w:val="001C3626"/>
     <w:rsid w:val="001E34AC"/>
     <w:rsid w:val="001F33B3"/>
     <w:rsid w:val="002626F5"/>
     <w:rsid w:val="002A45BD"/>
     <w:rsid w:val="002B5AE2"/>
     <w:rsid w:val="002F4652"/>
     <w:rsid w:val="003212FB"/>
     <w:rsid w:val="003238B7"/>
     <w:rsid w:val="0036110E"/>
     <w:rsid w:val="00361A8A"/>
     <w:rsid w:val="00380BE2"/>
     <w:rsid w:val="00386371"/>
     <w:rsid w:val="00390289"/>
     <w:rsid w:val="00396BA7"/>
     <w:rsid w:val="003E7F59"/>
+    <w:rsid w:val="00455FEE"/>
     <w:rsid w:val="004B2E3E"/>
     <w:rsid w:val="004B36CE"/>
     <w:rsid w:val="004B7E13"/>
     <w:rsid w:val="004C1509"/>
     <w:rsid w:val="004F3BE1"/>
     <w:rsid w:val="004F4820"/>
     <w:rsid w:val="0050219B"/>
     <w:rsid w:val="0053655B"/>
     <w:rsid w:val="00556270"/>
     <w:rsid w:val="005566CC"/>
     <w:rsid w:val="005779FD"/>
     <w:rsid w:val="00587E5F"/>
     <w:rsid w:val="005A0D60"/>
     <w:rsid w:val="005B2483"/>
     <w:rsid w:val="005B6345"/>
     <w:rsid w:val="00642277"/>
     <w:rsid w:val="00657EA8"/>
     <w:rsid w:val="006835A1"/>
     <w:rsid w:val="00695361"/>
     <w:rsid w:val="0069677F"/>
     <w:rsid w:val="006B19E9"/>
     <w:rsid w:val="006E7DD5"/>
     <w:rsid w:val="00714BE6"/>
     <w:rsid w:val="00726FEF"/>
     <w:rsid w:val="00746127"/>
@@ -7170,51 +7160,51 @@
     <w:rsid w:val="00F56F69"/>
     <w:rsid w:val="00FA0765"/>
     <w:rsid w:val="00FB529B"/>
     <w:rsid w:val="00FC5728"/>
     <w:rsid w:val="00FC6D44"/>
     <w:rsid w:val="00FE20BF"/>
     <w:rsid w:val="00FE2A81"/>
     <w:rsid w:val="00FE33D9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="55297"/>
+    <o:shapedefaults v:ext="edit" spidmax="57345"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="14611C1D"/>
   <w15:docId w15:val="{EB3E3D25-4059-426A-8D26-5983B46388B0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
@@ -7852,50 +7842,66 @@
     <w:name w:val="Sprechblasentext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Sprechblasentext"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000011A7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntensiveHervorhebung">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00C63807"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berarbeitung">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00455FEE"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="236597361">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1477720203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -8644,58 +8650,58 @@
               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
             </w:rPr>
             <w:t>Zeit bis</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hand Of Sean">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A40002AF" w:usb1="590F004A" w:usb2="00000010" w:usb3="00000000" w:csb0="000E019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
@@ -8710,51 +8716,51 @@
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:view w:val="normal"/>
   <w:revisionView w:markup="0" w:comments="0" w:insDel="0" w:formatting="0" w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0069368A"/>
     <w:rsid w:val="000D2086"/>
     <w:rsid w:val="000F7084"/>
     <w:rsid w:val="00253BCA"/>
     <w:rsid w:val="003A02CE"/>
     <w:rsid w:val="004266C0"/>
     <w:rsid w:val="005668C8"/>
     <w:rsid w:val="00601B49"/>
@@ -9838,66 +9844,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F7CB07B2-7A38-4165-94A5-2E6A31FDA761}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>976</Words>
-  <Characters>6149</Characters>
+  <Words>1005</Words>
+  <Characters>6336</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
+  <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7111</CharactersWithSpaces>
+  <CharactersWithSpaces>7327</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>ewk2</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>