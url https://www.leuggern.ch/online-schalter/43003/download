--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -398,51 +398,51 @@
       </w:r>
       <w:r w:rsidR="00B23C75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B48314A" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00153B77">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9498"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B978FA3" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00153B77">
+    <w:p w14:paraId="6B978FA3" w14:textId="4C37DF81" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00153B77">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Art der Veranstaltung: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -614,88 +614,88 @@
       <w:r>
         <w:tab/>
         <w:t>ca.</w:t>
       </w:r>
       <w:r w:rsidR="00B23C75">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F06DDC">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:t>Personen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8A0A03" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00153B77">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="-1"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CAF17B0" w14:textId="10B3696D" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00153B77">
+    <w:p w14:paraId="4CAF17B0" w14:textId="18A00067" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00153B77">
       <w:pPr>
         <w:pStyle w:val="Textkrper2"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r>
         <w:t>Dauerbenützung</w:t>
       </w:r>
       <w:r w:rsidR="009D01F4">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FC6D44" w:rsidRPr="00FE20BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:t>ja, bis auf Widerruf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742CABC7" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00556270" w:rsidRDefault="00A56720" w:rsidP="00556270">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70C6E042" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00556270" w:rsidRDefault="00A56720" w:rsidP="00556270">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -765,56 +765,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Mehrzweckhalle</w:t>
       </w:r>
@@ -827,56 +827,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Kontrollkästchen8"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Schulhaus</w:t>
       </w:r>
@@ -931,56 +931,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Kontrollkästchen3"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C556DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>mit</w:t>
       </w:r>
@@ -1001,57 +1001,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Kontrollkästchen37"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -1064,109 +1064,109 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Kontrollkästchen38"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gippingen</w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen39"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hettenschwil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4041D6BF" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00A56720" w:rsidRDefault="009976E5" w:rsidP="007137D1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -1187,56 +1187,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Kontrollkästchen4"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C556DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>ohne</w:t>
       </w:r>
@@ -1257,57 +1257,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Kontrollkästchen40"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -1341,103 +1341,103 @@
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen5"/>
       <w:r w:rsidR="000011A7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="009753B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:t xml:space="preserve">Halle </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="009753B8">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>dekoriert</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Militärküche</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56F43E76" w14:textId="409700BD" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
       <w:pPr>
         <w:pStyle w:val="Blocktext"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -1446,81 +1446,81 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="clear" w:pos="5103"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Kontrollkästchen6"/>
       <w:r w:rsidR="000011A7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00A56720">
         <w:t xml:space="preserve"> Halle nicht dekoriert</w:t>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A073DE" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="11" w:name="Kontrollkästchen11"/>
       <w:r w:rsidR="00A073DE" w:rsidRPr="00FE20BF">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A073DE" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00A073DE" w:rsidRPr="00FE20BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:t>alter Kindergarten Gippingen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EE5C6F" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
@@ -1553,56 +1553,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="Kontrollkästchen12"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Nebenräume in der Mehrzweckhalle</w:t>
       </w:r>
@@ -1706,56 +1706,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="13" w:name="Kontrollkästchen13"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Küche</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
@@ -1765,56 +1765,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="14" w:name="Kontrollkästchen16"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Karateraum (hinterer Teil)</w:t>
       </w:r>
     </w:p>
@@ -1837,56 +1837,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="Kontrollkästchen14"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Garderobe</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
@@ -1896,56 +1896,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="16" w:name="Kontrollkästchen17"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Schminkraum</w:t>
       </w:r>
     </w:p>
@@ -1968,56 +1968,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="Kontrollkästchen15"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>WC-Anlage</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
@@ -2027,56 +2027,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="18" w:name="Kontrollkästchen18"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Musikraum</w:t>
       </w:r>
     </w:p>
@@ -2113,56 +2113,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="19" w:name="Kontrollkästchen19"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>WC-Anlage</w:t>
       </w:r>
     </w:p>
@@ -2207,56 +2207,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="20" w:name="Kontrollkästchen20"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Bestuhlung</w:t>
       </w:r>
@@ -2280,56 +2280,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="21" w:name="Kontrollkästchen23"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kaffeemaschine</w:t>
@@ -2361,56 +2361,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="22" w:name="Kontrollkästchen21"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Tische</w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007137D1">
@@ -2426,56 +2426,56 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="23" w:name="Kontrollkästchen24"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kaffeemaschinen</w:t>
       </w:r>
@@ -2508,56 +2508,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="Kontrollkästchen22"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Stühle</w:t>
       </w:r>
       <w:r w:rsidR="004F3BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
@@ -2607,56 +2607,56 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="25" w:name="Kontrollkästchen25"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Gemeindehaus</w:t>
       </w:r>
@@ -2673,56 +2673,56 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="26" w:name="Kontrollkästchen28"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B2E3E" w:rsidRPr="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Sanitätshilfsstelle</w:t>
       </w:r>
@@ -2747,56 +2747,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="27" w:name="Kontrollkästchen26"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Tische </w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
@@ -2821,56 +2821,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="28" w:name="Kontrollkästchen27"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Stühle</w:t>
       </w:r>
       <w:r w:rsidR="004F3BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
@@ -2937,51 +2937,50 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="301C2F2D" w14:textId="77777777" w:rsidR="00DF0ADE" w:rsidRDefault="005B6345" w:rsidP="00DF0ADE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6345">
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Verlängerung Öffnungszeiten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444A990E" w14:textId="77777777" w:rsidR="005B6345" w:rsidRPr="005B6345" w:rsidRDefault="00950BCC" w:rsidP="00B23C75">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6804"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
@@ -3024,56 +3023,56 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="29" w:name="Kontrollkästchen41"/>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gesuch um Verlängerung der Öffnungszeiten</w:t>
       </w:r>
       <w:r w:rsidR="00950BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B23C75">
@@ -3190,56 +3189,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="30" w:name="Kontrollkästchen29"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="000B2F07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausschank</w:t>
       </w:r>
@@ -3344,122 +3343,104 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="31" w:name="Kontrollkästchen30"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="000B2F07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausschank und/oder Verkauf von Bier/Wein/Most</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>(keine Kleinhandelsbewilligung nötig)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5775FD05" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00051461" w:rsidRDefault="00A56720" w:rsidP="004C0E14">
+    <w:p w14:paraId="64787A90" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001A1A8C" w:rsidRDefault="00A56720" w:rsidP="004B36CE">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
-          <w:tab w:val="left" w:pos="4820"/>
-[...16 lines deleted...]
-          <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Erre</w:t>
       </w:r>
       <w:r w:rsidR="0069677F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>ichbarkeit während des Anlasses/zuständige Person</w:t>
       </w:r>
       <w:r w:rsidRPr="001A1A8C">
         <w:rPr>
@@ -3516,206 +3497,118 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1EE1330F" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="004B36CE">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Ebenfalls beachten Sie bitte die Anforderungen der Schall- und Laserverordnung (SLV):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="407095F3" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="004B36CE">
+    <w:p w14:paraId="6374F110" w14:textId="49482209" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00C73DAE">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
-        <w:tab/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">- Die SLV legt für Veranstaltungen einen </w:t>
+        <w:t>Die Schall- und Laserverordnung (SLV) regelt den Schutz des Publikums an Veranstaltungen.</w:t>
+      </w:r>
+      <w:r w:rsidR="006153D5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Die SLV legt für Veranstaltungen einen </w:t>
       </w:r>
       <w:r w:rsidRPr="0068448D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Schallpegelgrenzwert von 100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Dezibel fest.</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidR="006153D5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Veranstaltungen mit einem </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0068448D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
-      </w:pPr>
-[...37 lines deleted...]
-        </w:rPr>
+        <w:t>Schallpegel zwischen 93 und 100 Dezibel müssen den Gemeindebehörden gemeldet werden.</w:t>
+      </w:r>
+      <w:r w:rsidR="006153D5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:b/>
-[...32 lines deleted...]
-        <w:t>- Die Veranstalter müssen dem Publikum gratis Gehörschütze abgeben.</w:t>
+        </w:rPr>
+        <w:t>Die Veranstalter müssen dem Publikum gratis Gehörschütze abgeben.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1850D831" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="004B36CE">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="2835"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Weitere Informationen erhalten Sie auf der Homepage des Bundesamts für Gesundheit (http://www.bag.admin.ch/themen/strahlung/00057/01723/index.html?lang=de).</w:t>
       </w:r>
@@ -3825,116 +3718,192 @@
       <w:r w:rsidR="007E20F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00BA0A12">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bestandteil der Gesuchsb</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>ewilligung erklärt wird.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA59BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32C0B93E" w14:textId="77777777" w:rsidR="00FA59BD" w:rsidRDefault="00FA59BD" w:rsidP="00556270">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w14:paraId="7CEC15B3" w14:textId="77777777" w:rsidR="007C57EE" w:rsidRPr="007C57EE" w:rsidRDefault="007C57EE" w:rsidP="007C57EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="IntensiveHervorhebung"/>
+          <w:rFonts w:eastAsia="Hand Of Sean"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="16"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="268F5C49" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001C3626" w:rsidRDefault="0036110E" w:rsidP="00361A8A">
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E8873BE" w14:textId="5BEDC875" w:rsidR="007C57EE" w:rsidRPr="007C57EE" w:rsidRDefault="007C57EE" w:rsidP="007C57EE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
-[...1 lines deleted...]
-        <w:ind w:right="140"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001C3626">
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Parkplatz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0168B1" w14:textId="77777777" w:rsidR="007C57EE" w:rsidRPr="007C57EE" w:rsidRDefault="007C57EE" w:rsidP="007C57EE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1670A4DA" w14:textId="7A710360" w:rsidR="007C57EE" w:rsidRDefault="007C57EE" w:rsidP="007C57EE">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bitte beachten Sie, dass das Parkieren auf den Parkplätzen des Sportcenters nicht gestattet ist. Bei einer Nutzung des Parkplatzes hat der Veranstalter den frühzeitigen Kontakt mit dem Sportcenter zu suchen. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="045191F0" w14:textId="77777777" w:rsidR="007C57EE" w:rsidRPr="007C57EE" w:rsidRDefault="007C57EE" w:rsidP="007C57EE">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268F5C49" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001C3626" w:rsidRDefault="0036110E" w:rsidP="00361A8A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>enerelles Rauchverbot</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A90A19">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="001C3626">
+        <w:rPr>
+          <w:rStyle w:val="IntensiveHervorhebung"/>
+          <w:rFonts w:eastAsia="Hand Of Sean"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>enerelles Rauchverbot</w:t>
+      </w:r>
+      <w:r w:rsidR="00A90A19">
+        <w:rPr>
+          <w:rStyle w:val="IntensiveHervorhebung"/>
+          <w:rFonts w:eastAsia="Hand Of Sean"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> / Suchtmittelfreie Zone</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D43169" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00051461" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B7881A1" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="004A49E2" w:rsidRDefault="00A56720" w:rsidP="0036110E">
+    <w:p w14:paraId="1911DA54" w14:textId="7129C145" w:rsidR="00A56720" w:rsidRPr="007C57EE" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004A49E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Es </w:t>
       </w:r>
       <w:r w:rsidRPr="004A49E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>gilt ein generelles Rauchverbot in allen öffentlichen Räumen und Anlagen</w:t>
@@ -3954,91 +3923,74 @@
       <w:r w:rsidR="004C1509">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ebenfalls gilt das Schulareal Gippingen </w:t>
       </w:r>
       <w:r w:rsidR="00CD2CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">als suchtmittelfreie Zone (Verbot der Einnahme </w:t>
       </w:r>
       <w:r w:rsidR="00B20B32">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">von </w:t>
       </w:r>
       <w:r w:rsidR="00CD2CAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Suchtmittel jeglicher Art).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1911DA54" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00051461" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
+    <w:p w14:paraId="5CF17E03" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="004A49E2" w:rsidRDefault="00A56720" w:rsidP="00361A8A">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...14 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A49E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>Bei Anlässen in der Mehrzweckhalle ist durch den Veranstalter eine Raucherzone zu kennzeichnen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377C2D74" w14:textId="77777777" w:rsidR="001A1A8C" w:rsidRPr="00556270" w:rsidRDefault="001A1A8C" w:rsidP="00556270">
+    <w:p w14:paraId="377C2D74" w14:textId="72A1FA1B" w:rsidR="001A1A8C" w:rsidRPr="00556270" w:rsidRDefault="001A1A8C" w:rsidP="006153D5">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31E8985A" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="001C3626" w:rsidRDefault="001C3626" w:rsidP="005A0D60">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
@@ -4098,109 +4050,109 @@
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="32" w:name="Kontrollkästchen35"/>
       <w:r w:rsidR="00787E63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja</w:t>
       </w:r>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="33" w:name="Kontrollkästchen36"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="0003240A">
-[...4 lines deleted...]
-      <w:r w:rsidR="0003240A">
+      <w:r w:rsidR="00AA258F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AA258F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> nein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276755A1" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00051461" w:rsidRDefault="00A56720" w:rsidP="00051461">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
@@ -4221,79 +4173,50 @@
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Bemerkungen: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B23C75">
-        <w:rPr>
-[...27 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="11A24BB6" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00051461" w:rsidRDefault="00A56720" w:rsidP="005A0D60">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1418"/>
           <w:tab w:val="left" w:pos="4678"/>
           <w:tab w:val="left" w:pos="9356"/>
         </w:tabs>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A3F408A" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="00B23C75">
@@ -4581,51 +4504,50 @@
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42ACF421" w14:textId="77777777" w:rsidR="000B2F07" w:rsidRDefault="00013988" w:rsidP="00AA3870">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3626">
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Entscheid</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001E7155" w14:textId="77777777" w:rsidR="00116D2D" w:rsidRPr="00116D2D" w:rsidRDefault="00116D2D" w:rsidP="00116D2D">
       <w:pPr>
         <w:pStyle w:val="Blocktext"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6078,58 +6000,58 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E7FDD66" w14:textId="77777777" w:rsidR="004C0E14" w:rsidRDefault="004C0E14" w:rsidP="00915DE1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hand Of Sean">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A40002AF" w:usb1="590F004A" w:usb2="00000010" w:usb3="00000000" w:csb0="000E019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
@@ -6186,51 +6108,51 @@
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="7C60091A" w14:textId="77777777" w:rsidR="004C0E14" w:rsidRDefault="004C0E14">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r w:rsidRPr="008B46BD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="7371A03B" wp14:editId="691CFEFA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>969736</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>653143</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1533978" cy="123371"/>
           <wp:effectExtent l="19050" t="0" r="9072" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Grafik 1" descr="Abteilung_Steuern_Kopfzeile.png"/>
+          <wp:docPr id="1" name="Grafik 1" descr="Abteilung_Steuern_Kopfzeile.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Grafik 1" descr="Abteilung_Steuern_Kopfzeile.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1531620" cy="123190"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
@@ -6247,51 +6169,51 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="186EAD4A" wp14:editId="68FABC02">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5367564</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>203200</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1867807" cy="740229"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Bild 1" descr="C:\Dokumente und Einstellungen\seraina.hoffmann\Desktop\Logo_Leuggern.png"/>
+          <wp:docPr id="6" name="Bild 1" descr="C:\Dokumente und Einstellungen\seraina.hoffmann\Desktop\Logo_Leuggern.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Bild 1" descr="C:\Dokumente und Einstellungen\seraina.hoffmann\Desktop\Logo_Leuggern.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2" cstate="print"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1870075" cy="741680"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
@@ -6317,51 +6239,51 @@
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="3758B3CB" w14:textId="77777777" w:rsidR="004C0E14" w:rsidRDefault="004C0E14">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="760B878B" wp14:editId="335BD223">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>5432879</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>116114</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1867807" cy="740229"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Bild 1" descr="C:\Dokumente und Einstellungen\seraina.hoffmann\Desktop\Logo_Leuggern.png"/>
+          <wp:docPr id="7" name="Bild 1" descr="C:\Dokumente und Einstellungen\seraina.hoffmann\Desktop\Logo_Leuggern.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Bild 1" descr="C:\Dokumente und Einstellungen\seraina.hoffmann\Desktop\Logo_Leuggern.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1867535" cy="739775"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
@@ -6377,51 +6299,51 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="64995F41" wp14:editId="6AE838F2">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>817336</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>500743</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1533978" cy="123371"/>
           <wp:effectExtent l="19050" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="5" name="Grafik 1" descr="Abteilung_Steuern_Kopfzeile.png"/>
+          <wp:docPr id="8" name="Grafik 1" descr="Abteilung_Steuern_Kopfzeile.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Grafik 1" descr="Abteilung_Steuern_Kopfzeile.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2" cstate="print"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1531620" cy="123190"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
@@ -6561,61 +6483,61 @@
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="160"/>
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A45BD"/>
     <w:rsid w:val="000011A7"/>
     <w:rsid w:val="00013988"/>
     <w:rsid w:val="0003240A"/>
     <w:rsid w:val="0003569B"/>
     <w:rsid w:val="00044212"/>
     <w:rsid w:val="00051461"/>
@@ -6643,110 +6565,115 @@
     <w:rsid w:val="003238B7"/>
     <w:rsid w:val="00332DC5"/>
     <w:rsid w:val="003508C5"/>
     <w:rsid w:val="0036110E"/>
     <w:rsid w:val="00361A8A"/>
     <w:rsid w:val="00380BE2"/>
     <w:rsid w:val="00396BA7"/>
     <w:rsid w:val="003C6AC5"/>
     <w:rsid w:val="003E7F59"/>
     <w:rsid w:val="00445C83"/>
     <w:rsid w:val="004B16C0"/>
     <w:rsid w:val="004B2E3E"/>
     <w:rsid w:val="004B36CE"/>
     <w:rsid w:val="004B7E13"/>
     <w:rsid w:val="004C0E14"/>
     <w:rsid w:val="004C1509"/>
     <w:rsid w:val="004C3A84"/>
     <w:rsid w:val="004F3BE1"/>
     <w:rsid w:val="0050219B"/>
     <w:rsid w:val="00556270"/>
     <w:rsid w:val="00574D9B"/>
     <w:rsid w:val="00587E5F"/>
     <w:rsid w:val="005A0D60"/>
     <w:rsid w:val="005B6345"/>
     <w:rsid w:val="00603AB6"/>
+    <w:rsid w:val="006153D5"/>
+    <w:rsid w:val="00623D7C"/>
     <w:rsid w:val="00642277"/>
     <w:rsid w:val="006452AE"/>
     <w:rsid w:val="00657EA8"/>
     <w:rsid w:val="006835A1"/>
     <w:rsid w:val="0069677F"/>
     <w:rsid w:val="006A0B5D"/>
     <w:rsid w:val="006B19E9"/>
     <w:rsid w:val="006E7DD5"/>
     <w:rsid w:val="007137D1"/>
     <w:rsid w:val="00714BE6"/>
     <w:rsid w:val="00726FEF"/>
     <w:rsid w:val="00746127"/>
     <w:rsid w:val="00760347"/>
     <w:rsid w:val="00763A72"/>
     <w:rsid w:val="00787E63"/>
     <w:rsid w:val="007C1C26"/>
+    <w:rsid w:val="007C57EE"/>
     <w:rsid w:val="007E20F7"/>
     <w:rsid w:val="007E705A"/>
     <w:rsid w:val="00806DF6"/>
     <w:rsid w:val="008460A8"/>
     <w:rsid w:val="00865D52"/>
     <w:rsid w:val="00882950"/>
     <w:rsid w:val="008937A0"/>
     <w:rsid w:val="008955EE"/>
     <w:rsid w:val="00896F8A"/>
     <w:rsid w:val="008B46BD"/>
     <w:rsid w:val="008D3496"/>
     <w:rsid w:val="008D69C9"/>
     <w:rsid w:val="009137F0"/>
     <w:rsid w:val="00915DE1"/>
     <w:rsid w:val="00916B51"/>
     <w:rsid w:val="009348F3"/>
     <w:rsid w:val="00950BCC"/>
     <w:rsid w:val="009606A1"/>
     <w:rsid w:val="009667FC"/>
     <w:rsid w:val="00974B35"/>
     <w:rsid w:val="0098436F"/>
     <w:rsid w:val="009976E5"/>
     <w:rsid w:val="009B3400"/>
     <w:rsid w:val="009C67FE"/>
     <w:rsid w:val="009D01F4"/>
     <w:rsid w:val="009E7A08"/>
     <w:rsid w:val="00A02BF5"/>
     <w:rsid w:val="00A073DE"/>
     <w:rsid w:val="00A12BDF"/>
     <w:rsid w:val="00A32CED"/>
     <w:rsid w:val="00A56720"/>
     <w:rsid w:val="00A90A19"/>
+    <w:rsid w:val="00AA258F"/>
     <w:rsid w:val="00AA3870"/>
     <w:rsid w:val="00AD4783"/>
     <w:rsid w:val="00AE1B5E"/>
     <w:rsid w:val="00AE2606"/>
     <w:rsid w:val="00B03483"/>
     <w:rsid w:val="00B20B32"/>
     <w:rsid w:val="00B23C75"/>
     <w:rsid w:val="00B26086"/>
     <w:rsid w:val="00B53F3E"/>
     <w:rsid w:val="00B67F50"/>
     <w:rsid w:val="00BA0A12"/>
     <w:rsid w:val="00BC54C3"/>
+    <w:rsid w:val="00BF099B"/>
     <w:rsid w:val="00BF5346"/>
     <w:rsid w:val="00C009C3"/>
     <w:rsid w:val="00C14879"/>
     <w:rsid w:val="00C556DA"/>
     <w:rsid w:val="00C63807"/>
     <w:rsid w:val="00C73DAE"/>
     <w:rsid w:val="00CB0B90"/>
     <w:rsid w:val="00CB10F9"/>
     <w:rsid w:val="00CD2CAA"/>
     <w:rsid w:val="00D041B7"/>
     <w:rsid w:val="00D17FE3"/>
     <w:rsid w:val="00D50F08"/>
     <w:rsid w:val="00D70E6E"/>
     <w:rsid w:val="00D94D18"/>
     <w:rsid w:val="00DA636D"/>
     <w:rsid w:val="00DC38C0"/>
     <w:rsid w:val="00DD041E"/>
     <w:rsid w:val="00DD7329"/>
     <w:rsid w:val="00DF0ADE"/>
     <w:rsid w:val="00E25D08"/>
     <w:rsid w:val="00E405C4"/>
     <w:rsid w:val="00E84F5C"/>
     <w:rsid w:val="00E86AF0"/>
     <w:rsid w:val="00ED0DC4"/>
     <w:rsid w:val="00F06DDC"/>
@@ -6762,51 +6689,51 @@
     <w:rsid w:val="00FB529B"/>
     <w:rsid w:val="00FB6348"/>
     <w:rsid w:val="00FC5728"/>
     <w:rsid w:val="00FC6D44"/>
     <w:rsid w:val="00FE20BF"/>
     <w:rsid w:val="00FE33D9"/>
     <w:rsid w:val="00FF09A9"/>
     <w:rsid w:val="00FF54C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="51201"/>
+    <o:shapedefaults v:ext="edit" spidmax="53249"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="74174F86"/>
   <w15:docId w15:val="{D595E955-5AC7-496B-90E9-B4770C27615C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
@@ -7786,67 +7713,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2EF8DA0-3E3A-446D-A98A-F48F073CDCC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>932</Words>
-  <Characters>5876</Characters>
+  <Words>960</Words>
+  <Characters>6048</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
+  <Lines>50</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6795</CharactersWithSpaces>
+  <CharactersWithSpaces>6995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>ewk2</dc:creator>
+  <dc:creator>ewk2;luca.huber@leuggern.ch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>