--- v1 (2025-12-12)
+++ v2 (2026-02-03)
@@ -651,51 +651,51 @@
       </w:r>
       <w:r w:rsidR="009D01F4">
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Kontrollkästchen1"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5" w:rsidRPr="00FE20BF">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00FC6D44" w:rsidRPr="00FE20BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:t>ja, bis auf Widerruf</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742CABC7" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00556270" w:rsidRDefault="00A56720" w:rsidP="00556270">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70C6E042" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00556270" w:rsidRDefault="00A56720" w:rsidP="00556270">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
@@ -765,56 +765,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Kontrollkästchen2"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Mehrzweckhalle</w:t>
       </w:r>
@@ -827,56 +827,56 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Kontrollkästchen8"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Schulhaus</w:t>
       </w:r>
@@ -931,56 +931,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Kontrollkästchen3"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C556DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>mit</w:t>
       </w:r>
@@ -1001,57 +1001,57 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Kontrollkästchen37"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
@@ -1064,109 +1064,109 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen38"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Kontrollkästchen38"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gippingen</w:t>
       </w:r>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen39"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hettenschwil</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4041D6BF" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00A56720" w:rsidRDefault="009976E5" w:rsidP="007137D1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -1187,56 +1187,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Kontrollkästchen4"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C556DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t>ohne</w:t>
       </w:r>
@@ -1257,281 +1257,259 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="Kontrollkästchen40"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidR="001E34AC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Zimmer:</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D82445" w14:textId="118638E1" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
+    <w:p w14:paraId="38D82445" w14:textId="13488006" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
       <w:pPr>
         <w:pStyle w:val="Blocktext"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="clear" w:pos="5103"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen5"/>
       <w:r w:rsidR="000011A7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="009753B8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:t xml:space="preserve">Halle </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="009753B8">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>dekoriert</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Militärküche</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56F43E76" w14:textId="409700BD" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC46C7">
+        <w:t xml:space="preserve">alter Kindergarten </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DC46C7">
+        <w:t>Gippingen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="56F43E76" w14:textId="1FFC5F67" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
       <w:pPr>
         <w:pStyle w:val="Blocktext"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="clear" w:pos="5103"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="Kontrollkästchen6"/>
       <w:r w:rsidR="000011A7">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidR="00A56720">
         <w:t xml:space="preserve"> Halle nicht dekoriert</w:t>
       </w:r>
       <w:r w:rsidR="00A073DE">
         <w:tab/>
-      </w:r>
-[...28 lines deleted...]
-        <w:t>alter Kindergarten Gippingen</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57EE5C6F" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6E5CE2C4" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
@@ -1546,75 +1524,75 @@
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Kontrollkästchen12"/>
+      <w:bookmarkStart w:id="11" w:name="Kontrollkästchen12"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Nebenräume in der Mehrzweckhalle</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C746E3D" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00A56720" w:rsidRDefault="00A56720" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
@@ -1699,396 +1677,396 @@
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Kontrollkästchen13"/>
+      <w:bookmarkStart w:id="12" w:name="Kontrollkästchen13"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Küche</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Kontrollkästchen16"/>
+      <w:bookmarkStart w:id="13" w:name="Kontrollkästchen16"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Karateraum (hinterer Teil)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="788BC5A2" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen14"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Kontrollkästchen14"/>
+      <w:bookmarkStart w:id="14" w:name="Kontrollkästchen14"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Garderobe</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen17"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Kontrollkästchen17"/>
+      <w:bookmarkStart w:id="15" w:name="Kontrollkästchen17"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Schminkraum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2529E013" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen15"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Kontrollkästchen15"/>
+      <w:bookmarkStart w:id="16" w:name="Kontrollkästchen15"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>WC-Anlage</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen18"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Kontrollkästchen18"/>
+      <w:bookmarkStart w:id="17" w:name="Kontrollkästchen18"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>Musikraum</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5285F512" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="142"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
@@ -2106,75 +2084,75 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen19"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Kontrollkästchen19"/>
+      <w:bookmarkStart w:id="18" w:name="Kontrollkästchen19"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003000F2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t>WC-Anlage</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781787E8" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00A56720" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="7938"/>
@@ -2200,148 +2178,148 @@
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Kontrollkästchen20"/>
+      <w:bookmarkStart w:id="19" w:name="Kontrollkästchen20"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Bestuhlung</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F43CC2" w:rsidRPr="00F43CC2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Mehrzweckhalle</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Kontrollkästchen23"/>
+      <w:bookmarkStart w:id="20" w:name="Kontrollkästchen23"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kaffeemaschine</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1 Stück)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71FDF916" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="007137D1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -2354,140 +2332,140 @@
           <w:tab w:val="right" w:leader="dot" w:pos="3544"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen21"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Kontrollkästchen21"/>
+      <w:bookmarkStart w:id="21" w:name="Kontrollkästchen21"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Tische</w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Kontrollkästchen24"/>
+      <w:bookmarkStart w:id="22" w:name="Kontrollkästchen24"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Kaffeemaschinen</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2 Stück)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3749C790" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="007137D1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
@@ -2501,75 +2479,75 @@
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Kontrollkästchen22"/>
+      <w:bookmarkStart w:id="23" w:name="Kontrollkästchen22"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Stühle</w:t>
       </w:r>
       <w:r w:rsidR="004F3BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2479C1D8" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00A56720" w:rsidRDefault="00A56720" w:rsidP="009348F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -2600,289 +2578,289 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Kontrollkästchen25"/>
+      <w:bookmarkStart w:id="24" w:name="Kontrollkästchen25"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00A56720" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Gemeindehaus</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Mehrzweckraum) </w:t>
       </w:r>
       <w:r w:rsidR="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Kontrollkästchen28"/>
+      <w:bookmarkStart w:id="25" w:name="Kontrollkästchen28"/>
       <w:r w:rsidR="000011A7" w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00FE20BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidR="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B2E3E" w:rsidRPr="004B2E3E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Sanitätshilfsstelle</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3619B2D0" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="009976E5" w:rsidP="007137D1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="right" w:leader="dot" w:pos="3544"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Kontrollkästchen26"/>
+      <w:bookmarkStart w:id="26" w:name="Kontrollkästchen26"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Tische </w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="12EDA8F6" w14:textId="77777777" w:rsidR="0069677F" w:rsidRDefault="009976E5" w:rsidP="007137D1">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1560"/>
           <w:tab w:val="right" w:leader="dot" w:pos="3544"/>
           <w:tab w:val="left" w:pos="7938"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="-1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Kontrollkästchen27"/>
+      <w:bookmarkStart w:id="27" w:name="Kontrollkästchen27"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidR="000011A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Anzahl Stühle</w:t>
       </w:r>
       <w:r w:rsidR="004F3BE1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007137D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="42779F36" w14:textId="77777777" w:rsidR="0069677F" w:rsidRDefault="0069677F" w:rsidP="00787E63">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
@@ -2937,50 +2915,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="301C2F2D" w14:textId="77777777" w:rsidR="00DF0ADE" w:rsidRDefault="005B6345" w:rsidP="00DF0ADE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B6345">
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Verlängerung Öffnungszeiten</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444A990E" w14:textId="77777777" w:rsidR="005B6345" w:rsidRPr="005B6345" w:rsidRDefault="00950BCC" w:rsidP="00B23C75">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="left" w:pos="6804"/>
           <w:tab w:val="left" w:pos="8080"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
@@ -3016,75 +2995,75 @@
           <w:tab w:val="left" w:pos="8080"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9356"/>
         </w:tabs>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="Kontrollkästchen41"/>
+      <w:bookmarkStart w:id="28" w:name="Kontrollkästchen41"/>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gesuch um Verlängerung der Öffnungszeiten</w:t>
       </w:r>
       <w:r w:rsidR="00950BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B23C75">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00950BCC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B23C75">
@@ -3182,75 +3161,75 @@
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Kontrollkästchen29"/>
+      <w:bookmarkStart w:id="29" w:name="Kontrollkästchen29"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="000B2F07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausschank</w:t>
       </w:r>
       <w:r w:rsidR="005B6345">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
@@ -3336,75 +3315,75 @@
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="Kontrollkästchen30"/>
+      <w:bookmarkStart w:id="30" w:name="Kontrollkästchen30"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="000B2F07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Ausschank und/oder Verkauf von Bier/Wein/Most</w:t>
       </w:r>
       <w:r w:rsidR="00A56720">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A56720" w:rsidRPr="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="14"/>
         </w:rPr>
         <w:t>(keine Kleinhandelsbewilligung nötig)</w:t>
@@ -4043,128 +4022,128 @@
         </w:rPr>
         <w:t>er abgeschlossen?</w:t>
       </w:r>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Kontrollkästchen35"/>
+      <w:bookmarkStart w:id="31" w:name="Kontrollkästchen35"/>
       <w:r w:rsidR="00787E63">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja</w:t>
       </w:r>
       <w:r w:rsidR="001A1A8C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="Kontrollkästchen36"/>
+      <w:bookmarkStart w:id="32" w:name="Kontrollkästchen36"/>
       <w:r w:rsidR="00C63807">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00AA258F">
-[...4 lines deleted...]
-      <w:r w:rsidR="00AA258F">
+      <w:r w:rsidR="00C50173">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00C50173">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="009976E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> nein</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="276755A1" w14:textId="77777777" w:rsidR="00A56720" w:rsidRPr="00051461" w:rsidRDefault="00A56720" w:rsidP="00051461">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4678"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="424CC839" w14:textId="77777777" w:rsidR="00A56720" w:rsidRDefault="00C63807" w:rsidP="005A0D60">
       <w:pPr>
@@ -4504,50 +4483,51 @@
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42ACF421" w14:textId="77777777" w:rsidR="000B2F07" w:rsidRDefault="00013988" w:rsidP="00AA3870">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:ind w:right="140"/>
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C3626">
         <w:rPr>
           <w:rStyle w:val="IntensiveHervorhebung"/>
           <w:rFonts w:eastAsia="Hand Of Sean"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Entscheid</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001E7155" w14:textId="77777777" w:rsidR="00116D2D" w:rsidRPr="00116D2D" w:rsidRDefault="00116D2D" w:rsidP="00116D2D">
       <w:pPr>
         <w:pStyle w:val="Blocktext"/>
         <w:pBdr>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1418"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="right" w:leader="dot" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9498"/>
         </w:tabs>
         <w:ind w:right="142"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -6000,58 +5980,58 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E7FDD66" w14:textId="77777777" w:rsidR="004C0E14" w:rsidRDefault="004C0E14" w:rsidP="00915DE1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Hand Of Sean">
     <w:panose1 w:val="02000500000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A40002AF" w:usb1="590F004A" w:usb2="00000010" w:usb3="00000000" w:csb0="000E019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
@@ -6483,61 +6463,61 @@
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="decimal"/>
         <w:lvlText w:val="%1."/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="283"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="283" w:hanging="283"/>
         </w:pPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="210"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002A45BD"/>
     <w:rsid w:val="000011A7"/>
     <w:rsid w:val="00013988"/>
     <w:rsid w:val="0003240A"/>
     <w:rsid w:val="0003569B"/>
     <w:rsid w:val="00044212"/>
     <w:rsid w:val="00051461"/>
@@ -6633,107 +6613,109 @@
     <w:rsid w:val="009D01F4"/>
     <w:rsid w:val="009E7A08"/>
     <w:rsid w:val="00A02BF5"/>
     <w:rsid w:val="00A073DE"/>
     <w:rsid w:val="00A12BDF"/>
     <w:rsid w:val="00A32CED"/>
     <w:rsid w:val="00A56720"/>
     <w:rsid w:val="00A90A19"/>
     <w:rsid w:val="00AA258F"/>
     <w:rsid w:val="00AA3870"/>
     <w:rsid w:val="00AD4783"/>
     <w:rsid w:val="00AE1B5E"/>
     <w:rsid w:val="00AE2606"/>
     <w:rsid w:val="00B03483"/>
     <w:rsid w:val="00B20B32"/>
     <w:rsid w:val="00B23C75"/>
     <w:rsid w:val="00B26086"/>
     <w:rsid w:val="00B53F3E"/>
     <w:rsid w:val="00B67F50"/>
     <w:rsid w:val="00BA0A12"/>
     <w:rsid w:val="00BC54C3"/>
     <w:rsid w:val="00BF099B"/>
     <w:rsid w:val="00BF5346"/>
     <w:rsid w:val="00C009C3"/>
     <w:rsid w:val="00C14879"/>
+    <w:rsid w:val="00C50173"/>
     <w:rsid w:val="00C556DA"/>
     <w:rsid w:val="00C63807"/>
     <w:rsid w:val="00C73DAE"/>
     <w:rsid w:val="00CB0B90"/>
     <w:rsid w:val="00CB10F9"/>
     <w:rsid w:val="00CD2CAA"/>
     <w:rsid w:val="00D041B7"/>
     <w:rsid w:val="00D17FE3"/>
     <w:rsid w:val="00D50F08"/>
     <w:rsid w:val="00D70E6E"/>
     <w:rsid w:val="00D94D18"/>
     <w:rsid w:val="00DA636D"/>
     <w:rsid w:val="00DC38C0"/>
+    <w:rsid w:val="00DC46C7"/>
     <w:rsid w:val="00DD041E"/>
     <w:rsid w:val="00DD7329"/>
     <w:rsid w:val="00DF0ADE"/>
     <w:rsid w:val="00E25D08"/>
     <w:rsid w:val="00E405C4"/>
     <w:rsid w:val="00E84F5C"/>
     <w:rsid w:val="00E86AF0"/>
     <w:rsid w:val="00ED0DC4"/>
     <w:rsid w:val="00F06DDC"/>
     <w:rsid w:val="00F17962"/>
     <w:rsid w:val="00F314AF"/>
     <w:rsid w:val="00F34B6F"/>
     <w:rsid w:val="00F34F6F"/>
     <w:rsid w:val="00F43CC2"/>
     <w:rsid w:val="00F56274"/>
     <w:rsid w:val="00F73ECC"/>
     <w:rsid w:val="00FA0655"/>
     <w:rsid w:val="00FA59BD"/>
     <w:rsid w:val="00FB529B"/>
     <w:rsid w:val="00FB6348"/>
     <w:rsid w:val="00FC5728"/>
     <w:rsid w:val="00FC6D44"/>
     <w:rsid w:val="00FE20BF"/>
     <w:rsid w:val="00FE33D9"/>
     <w:rsid w:val="00FF09A9"/>
     <w:rsid w:val="00FF54C6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="74174F86"/>
   <w15:docId w15:val="{D595E955-5AC7-496B-90E9-B4770C27615C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
@@ -7713,67 +7695,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2EF8DA0-3E3A-446D-A98A-F48F073CDCC0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>960</Words>
-  <Characters>6048</Characters>
+  <Words>955</Words>
+  <Characters>6022</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>50</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6995</CharactersWithSpaces>
+  <CharactersWithSpaces>6964</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ewk2;luca.huber@leuggern.ch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>